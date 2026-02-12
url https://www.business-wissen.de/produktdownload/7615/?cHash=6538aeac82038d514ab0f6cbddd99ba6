--- v0 (2025-10-20)
+++ v1 (2026-02-12)
@@ -1,68 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2A2AEFA0" w14:textId="77777777" w:rsidR="00C409F0" w:rsidRDefault="0013313D" w:rsidP="00E11033">
+    <w:p w14:paraId="2A2AEFA0" w14:textId="72B38AF3" w:rsidR="00C409F0" w:rsidRDefault="00BE7FC4" w:rsidP="00E11033">
       <w:pPr>
         <w:pStyle w:val="Titel2"/>
       </w:pPr>
       <w:r>
-        <w:t>Checklist</w:t>
-[...4 lines deleted...]
-        <w:t>e</w:t>
+        <w:t>Arbeitsvorlage</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C37967B" w14:textId="77777777" w:rsidR="00C409F0" w:rsidRDefault="00834595" w:rsidP="00E11033">
       <w:pPr>
         <w:pStyle w:val="Titel1"/>
       </w:pPr>
       <w:r>
         <w:t>Einwände bearbeiten</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B94D6DC" w14:textId="77777777" w:rsidR="00C409F0" w:rsidRDefault="00C409F0"/>
     <w:p w14:paraId="68037828" w14:textId="77777777" w:rsidR="00566E02" w:rsidRDefault="00566E02">
       <w:r>
         <w:t>Im Rahmen von Meetings können Teilnehmerinnen und Teilnehmer zu jedem Vorschlag ihre Einwände einbringen. Diese können nach dem folgenden Prozess bearbeitet werden. Zentrale Fragen sind:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6825863F" w14:textId="77777777" w:rsidR="00BC4799" w:rsidRPr="00764F71" w:rsidRDefault="00BC4799" w:rsidP="00BC4799">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00764F71">
         <w:rPr>
           <w:i/>
@@ -149,59 +144,60 @@
             <w:r>
               <w:t xml:space="preserve">Fragen an den </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Einwandgeber</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
           <w:p w14:paraId="69F10401" w14:textId="77777777" w:rsidR="00764F71" w:rsidRDefault="00764F71" w:rsidP="007D0BD5">
             <w:pPr>
               <w:pStyle w:val="Tabellentitel"/>
             </w:pPr>
             <w:r>
               <w:t>in unserem Fall</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00662FB0" w:rsidRPr="00662FB0" w14:paraId="4821F5C7" w14:textId="77777777" w:rsidTr="00E14E20">
+      <w:tr w:rsidR="00662FB0" w:rsidRPr="00662FB0" w14:paraId="4821F5C7" w14:textId="77777777" w:rsidTr="00A040A3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="484"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8784" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="7A451ACC" w14:textId="77777777" w:rsidR="00662FB0" w:rsidRPr="00662FB0" w:rsidRDefault="00662FB0">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00662FB0">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Kriterium: Schränkt der Vorschlag die Leistungsfähigkeit des Kreises ein, sodass die Ziele und Zwecke nicht erreicht werden?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C05FB0" w14:paraId="633F1EA0" w14:textId="77777777" w:rsidTr="00764F71">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="484"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2761" w:type="dxa"/>
@@ -225,59 +221,60 @@
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Fehlt etwas in dem Vorschlag, </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>das</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> wir auch berücksichtigen sollten?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E9773B8" w14:textId="77777777" w:rsidR="00C05FB0" w:rsidRDefault="00C05FB0">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00662FB0" w:rsidRPr="00662FB0" w14:paraId="5AE31900" w14:textId="77777777" w:rsidTr="002F2323">
+      <w:tr w:rsidR="00662FB0" w:rsidRPr="00662FB0" w14:paraId="5AE31900" w14:textId="77777777" w:rsidTr="00A040A3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="484"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8784" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="0786D697" w14:textId="77777777" w:rsidR="00662FB0" w:rsidRPr="00662FB0" w:rsidRDefault="00662FB0" w:rsidP="002F2323">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00662FB0">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Kriterium: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Entsteht durch den Vorschlag eine neue Spannung</w:t>
             </w:r>
             <w:r w:rsidRPr="00662FB0">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>?</w:t>
@@ -305,59 +302,60 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2762" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="038C82E3" w14:textId="77777777" w:rsidR="00662FB0" w:rsidRDefault="00662FB0" w:rsidP="00662FB0">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
             </w:pPr>
             <w:r>
               <w:t>War es bereits ein Thema, das auch bestehen bleibt, wenn wir den Vorschlag verwerfen?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4085E14F" w14:textId="77777777" w:rsidR="00662FB0" w:rsidRDefault="00662FB0" w:rsidP="002F2323">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00662FB0" w:rsidRPr="00662FB0" w14:paraId="1744B05F" w14:textId="77777777" w:rsidTr="002F2323">
+      <w:tr w:rsidR="00662FB0" w:rsidRPr="00662FB0" w14:paraId="1744B05F" w14:textId="77777777" w:rsidTr="00A040A3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="484"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8784" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="795D9C5E" w14:textId="77777777" w:rsidR="00662FB0" w:rsidRPr="00662FB0" w:rsidRDefault="00662FB0" w:rsidP="002F2323">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00662FB0">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Kriterium: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Beruht der Einwand auf bekannten Fakten? Und kann der Vorschlag gegebenenfalls rückgängig gemacht werden?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00662FB0" w14:paraId="7E6B97D1" w14:textId="77777777" w:rsidTr="002F2323">
         <w:trPr>
@@ -433,59 +431,60 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2762" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="652740F2" w14:textId="77777777" w:rsidR="0036633E" w:rsidRDefault="00662FB0" w:rsidP="00662FB0">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
             </w:pPr>
             <w:r>
               <w:t>Ist es sicher genug es auszuprobieren, wissend, dass wir es jederzeit wieder ändern können?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2DF36746" w14:textId="77777777" w:rsidR="0036633E" w:rsidRDefault="0036633E">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00662FB0" w:rsidRPr="00662FB0" w14:paraId="3A30EB78" w14:textId="77777777" w:rsidTr="002F2323">
+      <w:tr w:rsidR="00662FB0" w:rsidRPr="00662FB0" w14:paraId="3A30EB78" w14:textId="77777777" w:rsidTr="00A040A3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="484"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8784" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="04C5FABE" w14:textId="77777777" w:rsidR="00662FB0" w:rsidRPr="00662FB0" w:rsidRDefault="00662FB0" w:rsidP="002F2323">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00662FB0">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Kriterium: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Schr</w:t>
             </w:r>
             <w:r w:rsidR="00A2320B">
               <w:rPr>
                 <w:b/>
               </w:rPr>
@@ -520,107 +519,111 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2762" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29D3CF26" w14:textId="77777777" w:rsidR="00662FB0" w:rsidRDefault="00A2320B" w:rsidP="00A2320B">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
             </w:pPr>
             <w:r>
               <w:t>Versuchst du, einer anderen Rolle oder dem Kreis zu helfen?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DBEA09A" w14:textId="77777777" w:rsidR="00662FB0" w:rsidRDefault="00662FB0" w:rsidP="002F2323">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A2320B" w:rsidRPr="00662FB0" w14:paraId="01BE37F4" w14:textId="77777777" w:rsidTr="002F2323">
+      <w:tr w:rsidR="00A2320B" w:rsidRPr="00662FB0" w14:paraId="01BE37F4" w14:textId="77777777" w:rsidTr="00A040A3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="484"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8784" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="6099A790" w14:textId="77777777" w:rsidR="00A2320B" w:rsidRPr="00662FB0" w:rsidRDefault="00A2320B" w:rsidP="002F2323">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00662FB0">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Kriterium: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Bricht der Vorschlag eine Regel der Verfassung?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A2320B" w14:paraId="10B4A55E" w14:textId="77777777" w:rsidTr="002F2323">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="484"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="797529AF" w14:textId="77777777" w:rsidR="00A2320B" w:rsidRDefault="00A2320B" w:rsidP="00A2320B">
+          <w:p w14:paraId="797529AF" w14:textId="51C8D16D" w:rsidR="00A2320B" w:rsidRDefault="00A040A3" w:rsidP="00A2320B">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A2320B">
-              <w:t xml:space="preserve">Z.B. kein valider </w:t>
+            <w:r>
+              <w:t>Zum Beispiel:</w:t>
+            </w:r>
+            <w:r w:rsidR="00A2320B" w:rsidRPr="00A2320B">
+              <w:t xml:space="preserve"> kein valider </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A2320B">
+            <w:r w:rsidR="00A2320B" w:rsidRPr="00A2320B">
               <w:t>Governance</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A2320B">
+            <w:r w:rsidR="00A2320B" w:rsidRPr="00A2320B">
               <w:t xml:space="preserve"> Output; </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00A2320B">
               <w:t>außerhalb der Autorität des Kreises.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2762" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1ECD1890" w14:textId="77777777" w:rsidR="00A2320B" w:rsidRDefault="00A2320B" w:rsidP="002F2323">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D340BC7" w14:textId="77777777" w:rsidR="00A2320B" w:rsidRDefault="00A2320B" w:rsidP="002F2323">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -688,131 +691,131 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>dwarfs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and Giants auf den Schultern von HOLACRACYONE, LLC.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15921871" w14:textId="77777777" w:rsidR="0036633E" w:rsidRDefault="0036633E" w:rsidP="0036633E"/>
     <w:sectPr w:rsidR="0036633E" w:rsidSect="00E11033">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="2268" w:right="3402" w:bottom="2268" w:left="1701" w:header="851" w:footer="794" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="04E58405" w14:textId="77777777" w:rsidR="007B1EEB" w:rsidRDefault="007B1EEB">
+    <w:p w14:paraId="702DC870" w14:textId="77777777" w:rsidR="005A211C" w:rsidRDefault="005A211C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="35F1ABB1" w14:textId="77777777" w:rsidR="007B1EEB" w:rsidRDefault="007B1EEB">
+    <w:p w14:paraId="762B9086" w14:textId="77777777" w:rsidR="005A211C" w:rsidRDefault="005A211C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="570F6925" w14:textId="77777777" w:rsidR="00C409F0" w:rsidRPr="00E11033" w:rsidRDefault="004A7903" w:rsidP="00E11033">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32013525" wp14:editId="7360938C">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>1080135</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9649460</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5579745" cy="0"/>
               <wp:effectExtent l="13335" t="10160" r="7620" b="8890"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Line 63"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -987,51 +990,51 @@
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="05419F90" w14:textId="77777777" w:rsidR="00E11033" w:rsidRPr="00E11033" w:rsidRDefault="00E11033" w:rsidP="00E11033">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
     <w:r w:rsidRPr="00E11033">
       <w:t>Art.-Nr. 99.</w:t>
     </w:r>
     <w:r w:rsidR="00EA1C2E">
       <w:t>186</w:t>
     </w:r>
     <w:r w:rsidRPr="00E11033">
       <w:t>.0</w:t>
     </w:r>
     <w:r w:rsidR="00834595">
       <w:t>2</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4336C05B" w14:textId="77777777" w:rsidR="00C409F0" w:rsidRDefault="00C409F0">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:ind w:right="-2268"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
@@ -1199,89 +1202,89 @@
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:line w14:anchorId="1E05C285" id="Line 62" o:spid="_x0000_s1026" style="position:absolute;z-index:251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="85.05pt,759.8pt" to="538.6pt,759.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDh+tPCEwIAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+QxIaWIgIqyqBXmiL&#10;tNsPMLZDrDq2ZRsCqvrvHRuC2PZSVc3BGXtmnt/MGy+fz51EJ26d0KrE2TjFiCuqmVCHEn973Yzm&#10;GDlPFCNSK17iC3f4efX+3bI3BZ/oVkvGLQIQ5YrelLj13hRJ4mjLO+LG2nAFzkbbjnjY2kPCLOkB&#10;vZPJJE1nSa8tM1ZT7hyc1lcnXkX8puHUf20axz2SJQZuPq42rvuwJqslKQ6WmFbQGw3yDyw6IhRc&#10;eoeqiSfoaMUfUJ2gVjvd+DHVXaKbRlAea4BqsvS3al5aYnisBZrjzL1N7v/B0i+nnUWCgXYYKdKB&#10;RFuhOJpNQmt64wqIqNTOhuLoWb2YrabfHVK6aok68Ejx9WIgLwsZyZuUsHEGLtj3nzWDGHL0Ovbp&#10;3NguQEIH0DnKcbnLwc8eUTicPs3SdD7FiA6+hBRDorHOf+K6Q8EosQTSEZicts4HIqQYQsI9Sm+E&#10;lFFtqVBf4sV0Mo0JTkvBgjOEOXvYV9KiE4F5mcUvVgWexzCrj4pFsJYTtr7Zngh5teFyqQIelAJ0&#10;btZ1IH4s0sV6vp7no3wyW4/ytK5HHzdVPpptsqdp/aGuqjr7GahledEKxrgK7IbhzPK/E//2TK5j&#10;dR/PexuSt+ixX0B2+EfSUcsg33UQ9ppddnbQGOYxBt/eThj4xz3Yjy989QsAAP//AwBQSwMEFAAG&#10;AAgAAAAhAFPmhZbhAAAADgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyokyAa&#10;CHEqhAocaPkpiLMbL0lEvA6xm6Rvz/aA4LazO5r9Jl9MthUD9r5xpCCeRSCQSmcaqhS8v92dXYLw&#10;QZPRrSNUsEcPi+L4KNeZcSO94rAJleAQ8plWUIfQZVL6skar/cx1SHz7dL3VgWVfSdPrkcNtK5Mo&#10;mkurG+IPte7wtsbya7OzClaP4/Nw/rFcvbj1+mH/9J2US3Ov1OnJdHMNIuAU/sxwwGd0KJhp63Zk&#10;vGhZp1HMVh4u4qs5iIMlStMExPZ3J4tc/q9R/AAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQDh+tPCEwIAACkEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBT5oWW4QAAAA4BAAAPAAAAAAAAAAAAAAAAAG0EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" strokecolor="#666">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="124EB153" w14:textId="77777777" w:rsidR="007B1EEB" w:rsidRDefault="007B1EEB">
+    <w:p w14:paraId="58B0511E" w14:textId="77777777" w:rsidR="005A211C" w:rsidRDefault="005A211C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="378F6F69" w14:textId="77777777" w:rsidR="007B1EEB" w:rsidRDefault="007B1EEB">
+    <w:p w14:paraId="42FBDBBA" w14:textId="77777777" w:rsidR="005A211C" w:rsidRDefault="005A211C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2C9B4E5F" w14:textId="77777777" w:rsidR="00C409F0" w:rsidRPr="00C55FE2" w:rsidRDefault="00EA1C2E" w:rsidP="00E11033">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:t>Holakratie</w:t>
     </w:r>
     <w:r w:rsidR="00C55FE2">
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:r w:rsidR="00834595" w:rsidRPr="00834595">
       <w:t>Einwände bearbeiten</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="B6F09B58"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="73726EAE"/>
     <w:lvl w:ilvl="0">
@@ -2985,268 +2988,272 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="526410933">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="691344712">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1865630780">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1626154698">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="2004045284">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1162163497">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="635332004">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1163467782">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="354506604">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1396582218">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="618949637">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="299114957">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1440829816">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="307976622">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1691877732">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="346182252">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1590119304">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1659117830">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1968583323">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1031997161">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1418213839">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="22630889">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="153030418">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="1172186349">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="101801929">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="843931475">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="125396756">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="2112625074">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="392199127">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="358240770">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="1104497674">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="1017655685">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="2147237417">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="137772930">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="1760708238">
     <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097">
+    <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormru v:ext="edit" colors="#ffb200,gray,#575757,#969696,#4d4d4d,#666"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007B1EEB"/>
     <w:rsid w:val="00092B60"/>
     <w:rsid w:val="000A5FEE"/>
+    <w:rsid w:val="001040E2"/>
     <w:rsid w:val="0013313D"/>
     <w:rsid w:val="0036633E"/>
     <w:rsid w:val="004A7903"/>
     <w:rsid w:val="004E4B13"/>
     <w:rsid w:val="00566E02"/>
     <w:rsid w:val="00570F4E"/>
+    <w:rsid w:val="005A211C"/>
     <w:rsid w:val="00606484"/>
     <w:rsid w:val="00662FB0"/>
     <w:rsid w:val="00705B7F"/>
     <w:rsid w:val="00764F71"/>
     <w:rsid w:val="0079641D"/>
     <w:rsid w:val="007B1EEB"/>
     <w:rsid w:val="007D0BD5"/>
     <w:rsid w:val="00834595"/>
     <w:rsid w:val="00865485"/>
+    <w:rsid w:val="00A040A3"/>
     <w:rsid w:val="00A11310"/>
     <w:rsid w:val="00A2320B"/>
     <w:rsid w:val="00BC4799"/>
+    <w:rsid w:val="00BE7FC4"/>
     <w:rsid w:val="00C01F55"/>
     <w:rsid w:val="00C05FB0"/>
     <w:rsid w:val="00C409F0"/>
     <w:rsid w:val="00C55FE2"/>
     <w:rsid w:val="00CC1E88"/>
     <w:rsid w:val="00DA6655"/>
     <w:rsid w:val="00E11033"/>
     <w:rsid w:val="00E64336"/>
     <w:rsid w:val="00EA1C2E"/>
     <w:rsid w:val="00F0178D"/>
     <w:rsid w:val="00F46D6E"/>
     <w:rsid w:val="00F67866"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097">
+    <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormru v:ext="edit" colors="#ffb200,gray,#575757,#969696,#4d4d4d,#666"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="466FAE40"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5E19C7D1-79E9-456F-AFAB-86112A1D42FB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:qFormat="1"/>
     <w:lsdException w:name="List Bullet" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:uiPriority="99"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3492,50 +3499,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00705B7F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:qFormat/>
     <w:rsid w:val="00E11033"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="600" w:after="240" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
@@ -4450,51 +4458,51 @@
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellentitel">
     <w:name w:val="Tabellentitel"/>
     <w:basedOn w:val="Tabellentext"/>
     <w:qFormat/>
     <w:rsid w:val="00E64336"/>
     <w:pPr>
       <w:keepNext/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\J&#252;rgen%20Fleig\AppData\Roaming\Microsoft\Templates\Vorlage-business-wissen_2017.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -4787,70 +4795,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06E05406-FAF7-4DB6-BD32-8E5C276340D7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Vorlage-business-wissen_2017.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>263</Words>
-  <Characters>1588</Characters>
+  <Words>255</Words>
+  <Characters>1609</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Einwände bearbeiten</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1848</CharactersWithSpaces>
+  <CharactersWithSpaces>1861</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Einwände bearbeiten</dc:title>
   <dc:subject>Holakratie und Selbstorganisation</dc:subject>
   <dc:creator>dwarfs and Giants</dc:creator>
   <cp:keywords/>
   <dc:description>©2017 dwarfs and Giants auf den Schultern von HOLACRACYONE, LLC.</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>