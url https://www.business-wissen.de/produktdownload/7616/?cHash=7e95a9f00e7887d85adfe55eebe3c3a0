--- v0 (2025-11-04)
+++ v1 (2026-02-12)
@@ -6,109 +6,124 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="56E34C68" w14:textId="77777777" w:rsidR="00C409F0" w:rsidRDefault="00C55FE2" w:rsidP="00E11033">
       <w:pPr>
         <w:pStyle w:val="Titel2"/>
       </w:pPr>
       <w:r>
         <w:t>Arbeitsvorlage</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68F707B9" w14:textId="77777777" w:rsidR="00C409F0" w:rsidRDefault="00EA1C2E" w:rsidP="00E11033">
       <w:pPr>
         <w:pStyle w:val="Titel1"/>
       </w:pPr>
       <w:r w:rsidRPr="00EA1C2E">
         <w:t xml:space="preserve">Planung und Ablauf </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0091071E">
         <w:t>Tactical</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EA1C2E">
         <w:t xml:space="preserve"> Meeting</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67F02B28" w14:textId="77777777" w:rsidR="00C409F0" w:rsidRDefault="00C409F0"/>
-    <w:p w14:paraId="03B48D67" w14:textId="16609007" w:rsidR="00C409F0" w:rsidRDefault="00A3131E">
+    <w:p w14:paraId="19550BF0" w14:textId="77777777" w:rsidR="006E62E3" w:rsidRDefault="00A3131E">
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Tactical</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C05FB0">
         <w:t xml:space="preserve"> Meetings</w:t>
       </w:r>
       <w:r w:rsidR="00EA1C2E" w:rsidRPr="00EA1C2E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3131E">
         <w:t xml:space="preserve">finden ein- bis zweiwöchig in den </w:t>
       </w:r>
       <w:r w:rsidR="008639FE">
         <w:t xml:space="preserve">einzelnen </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3131E">
         <w:t xml:space="preserve">Kreisen </w:t>
       </w:r>
       <w:r w:rsidR="008639FE">
         <w:t xml:space="preserve">(Organisationseinheiten bei Holakratie) </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3131E">
-        <w:t xml:space="preserve">statt. Besprochen werden ähnlich einem Scrum-Meeting die Wochenziele und mögliche Hindernisse. Hinzu kommen </w:t>
+        <w:t>statt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49789A4C" w14:textId="77777777" w:rsidR="006E62E3" w:rsidRDefault="00A3131E">
+      <w:r w:rsidRPr="00A3131E">
+        <w:t>Besprochen werden ähnlich einem Scrum-Meeting die Wochenziele und mögliche Hindernisse.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DDE603D" w14:textId="77777777" w:rsidR="006E62E3" w:rsidRDefault="00A3131E">
+      <w:r w:rsidRPr="00A3131E">
+        <w:t xml:space="preserve">Hinzu kommen </w:t>
       </w:r>
       <w:r w:rsidR="008639FE">
         <w:t>Informationen zum Stand der Arbeiten</w:t>
       </w:r>
       <w:r w:rsidRPr="00A3131E">
-        <w:t xml:space="preserve"> und die nächsten Schritte. Es wird nur besprochen, was direkt mit dem Kreis zu tun hat.</w:t>
+        <w:t xml:space="preserve"> und die nächsten Schritte.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03B48D67" w14:textId="2A6E8B2F" w:rsidR="00C409F0" w:rsidRDefault="00A3131E">
+      <w:r w:rsidRPr="00A3131E">
+        <w:t>Es wird nur besprochen, was direkt mit dem Kreis zu tun hat.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40A16329" w14:textId="77777777" w:rsidR="000A5FEE" w:rsidRDefault="00C05FB0" w:rsidP="0036633E">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Ablauf </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A3131E">
         <w:t>Tactical</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> Meetings</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8784" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -266,98 +281,105 @@
           </w:tcPr>
           <w:p w14:paraId="14CDA2E0" w14:textId="77777777" w:rsidR="00A3131E" w:rsidRDefault="00A3131E" w:rsidP="00A3131E">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
             </w:pPr>
             <w:r>
               <w:t>Bringe Transparenz in wiederkehrende Handlungen.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="536375EA" w14:textId="31901142" w:rsidR="008639FE" w:rsidRDefault="00A3131E" w:rsidP="00A3131E">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Facilitator</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> liest die Checkliste der wiederkehrenden Handlungen</w:t>
             </w:r>
             <w:r w:rsidR="008639FE">
               <w:t xml:space="preserve"> vor.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2FEE310F" w14:textId="76C3625F" w:rsidR="00C05FB0" w:rsidRDefault="00A3131E" w:rsidP="00A3131E">
+          <w:p w14:paraId="2FEE310F" w14:textId="2B164AD4" w:rsidR="00C05FB0" w:rsidRDefault="00A3131E" w:rsidP="00A3131E">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
             </w:pPr>
             <w:r>
               <w:t>Teilnehme</w:t>
             </w:r>
             <w:r w:rsidR="008639FE">
               <w:t xml:space="preserve">nde </w:t>
             </w:r>
             <w:r>
               <w:t>antworten „check“ (erledigt) oder „</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>no</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> check“ (nicht erledigt) zu jeder Handlung der vorhergehenden Periode (z.B. Vorwoche).</w:t>
+              <w:t xml:space="preserve"> check“ (nicht erledigt) zu jeder Handlung der vorhergehenden Periode (z</w:t>
+            </w:r>
+            <w:r w:rsidR="006E62E3">
+              <w:t xml:space="preserve">um Beispiel </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Vorwoche).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5FDCE370" w14:textId="77777777" w:rsidR="00C05FB0" w:rsidRDefault="00C05FB0">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C05FB0" w14:paraId="5ADF1F9A" w14:textId="77777777" w:rsidTr="008639FE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="484"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="150C4722" w14:textId="77777777" w:rsidR="00C05FB0" w:rsidRDefault="00A3131E">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>Kennzahlen-Überblick</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1311A358" w14:textId="77777777" w:rsidR="00A3131E" w:rsidRDefault="00A3131E" w:rsidP="00A3131E">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
             </w:pPr>
             <w:r>
               <w:t>Zeichne ein Bild der momentanen Realität.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6778A679" w14:textId="77777777" w:rsidR="008639FE" w:rsidRDefault="00A3131E" w:rsidP="00A3131E">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
             </w:pPr>
             <w:r>
               <w:t>Jede Rolle berichtet über die ihr zugeordneten aktuellen, Kennzahlen.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26B41F18" w14:textId="1F7F0893" w:rsidR="00C05FB0" w:rsidRDefault="00A3131E" w:rsidP="00A3131E">
@@ -372,51 +394,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67199111" w14:textId="77777777" w:rsidR="00C05FB0" w:rsidRDefault="00C05FB0">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C05FB0" w14:paraId="43AB7EFE" w14:textId="77777777" w:rsidTr="008639FE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CCC3C66" w14:textId="77777777" w:rsidR="00C05FB0" w:rsidRDefault="00A3131E">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>Projekt-Updates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0235ECA6" w14:textId="1A975D35" w:rsidR="00A3131E" w:rsidRDefault="00A3131E" w:rsidP="00A3131E">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
             </w:pPr>
             <w:r>
               <w:t>Bericht</w:t>
             </w:r>
             <w:r w:rsidR="008639FE">
               <w:t>e</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> über Fortschritte und Neuigkeiten aus den laufenden Projekten.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4622311A" w14:textId="77777777" w:rsidR="008639FE" w:rsidRDefault="00A3131E" w:rsidP="00A3131E">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
@@ -497,59 +518,60 @@
             </w:pPr>
             <w:r>
               <w:t>Erstelle eine Agenda der aktuellen Spannungen durch Zuruf von ein oder zwei Worten zu jedem Thema.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="56401639" w14:textId="2DD0401A" w:rsidR="00A3131E" w:rsidRDefault="00A3131E" w:rsidP="00A3131E">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
             </w:pPr>
             <w:r>
               <w:t>Keine Diskussion.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73A173C7" w14:textId="77777777" w:rsidR="00A3131E" w:rsidRDefault="00A3131E">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA6655" w14:paraId="6D4596F8" w14:textId="77777777" w:rsidTr="00857A6A">
+      <w:tr w:rsidR="00DA6655" w14:paraId="6D4596F8" w14:textId="77777777" w:rsidTr="006E62E3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8784" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="1B036BA7" w14:textId="77777777" w:rsidR="00DA6655" w:rsidRPr="00DA6655" w:rsidRDefault="00A3131E">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Tagesordnungspunkte auf der Agenda bearbeiten</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA6655" w14:paraId="33F23D19" w14:textId="77777777" w:rsidTr="008639FE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
@@ -597,54 +619,51 @@
           <w:cantSplit/>
           <w:trHeight w:val="469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F1EAFC9" w14:textId="77777777" w:rsidR="00DA6655" w:rsidRDefault="00A3131E">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
             </w:pPr>
             <w:r>
               <w:t>Anforderungen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F7B9DF2" w14:textId="77777777" w:rsidR="008639FE" w:rsidRDefault="008639FE" w:rsidP="00A3131E">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Inhaber </w:t>
-[...2 lines deleted...]
-              <w:t>des Tagesordnungs</w:t>
+              <w:t>Inhaber des Tagesordnungs</w:t>
             </w:r>
             <w:r>
               <w:softHyphen/>
               <w:t>punkts auf der Agenda</w:t>
             </w:r>
             <w:r w:rsidR="00A3131E">
               <w:t xml:space="preserve"> bezieht andere ein, wenn benötigt.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="074AABB5" w14:textId="139BEA63" w:rsidR="00DA6655" w:rsidRDefault="00A3131E" w:rsidP="00A3131E">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
             </w:pPr>
             <w:r>
               <w:t>Betroffene erläutern ihre Anforderungen und sprechen die kritischen Punkte an.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56A9F1A1" w14:textId="77777777" w:rsidR="00DA6655" w:rsidRDefault="00DA6655">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
@@ -741,50 +760,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="487688EE" w14:textId="77777777" w:rsidR="00DA6655" w:rsidRDefault="00DA6655">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0036633E" w14:paraId="197E136B" w14:textId="77777777" w:rsidTr="008639FE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0CF48CBA" w14:textId="77777777" w:rsidR="0036633E" w:rsidRDefault="0036633E">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>Schlussrunde: Reflexion zum Meeting</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1EE9DC82" w14:textId="77777777" w:rsidR="008639FE" w:rsidRDefault="0036633E">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
             </w:pPr>
             <w:r>
               <w:t>Jede Person kann ihre Abschlussreflexionen teilen, um das nächste Meeting zu verbessern.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1CC78228" w14:textId="4F9B9682" w:rsidR="0036633E" w:rsidRDefault="0036633E">
             <w:pPr>
               <w:pStyle w:val="Tabellentext"/>
             </w:pPr>
             <w:r>
               <w:t>Keine Diskussion.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -806,131 +826,131 @@
         <w:t xml:space="preserve">Quelle: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>dwarfs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and Giants auf den Schultern von HOLACRACYONE, LLC.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0036633E" w:rsidSect="00E11033">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="2268" w:right="3402" w:bottom="2268" w:left="1701" w:header="851" w:footer="794" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0EC19A91" w14:textId="77777777" w:rsidR="007B1EEB" w:rsidRDefault="007B1EEB">
+    <w:p w14:paraId="37637CA6" w14:textId="77777777" w:rsidR="007C7731" w:rsidRDefault="007C7731">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="001AAD22" w14:textId="77777777" w:rsidR="007B1EEB" w:rsidRDefault="007B1EEB">
+    <w:p w14:paraId="02F1C34D" w14:textId="77777777" w:rsidR="007C7731" w:rsidRDefault="007C7731">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="157FD190" w14:textId="77777777" w:rsidR="00C409F0" w:rsidRPr="00E11033" w:rsidRDefault="004A7903" w:rsidP="00E11033">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03F63546" wp14:editId="17668264">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>1080135</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9649460</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5579745" cy="0"/>
               <wp:effectExtent l="13335" t="10160" r="7620" b="8890"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Line 63"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -1105,51 +1125,51 @@
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="639746D8" w14:textId="77777777" w:rsidR="00E11033" w:rsidRPr="00E11033" w:rsidRDefault="00E11033" w:rsidP="00E11033">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
     <w:r w:rsidRPr="00E11033">
       <w:t>Art.-Nr. 99.</w:t>
     </w:r>
     <w:r w:rsidR="00EA1C2E">
       <w:t>186</w:t>
     </w:r>
     <w:r w:rsidRPr="00E11033">
       <w:t>.0</w:t>
     </w:r>
     <w:r w:rsidR="0091071E">
       <w:t>3</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4E85D120" w14:textId="77777777" w:rsidR="00C409F0" w:rsidRDefault="00C409F0">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:ind w:right="-2268"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
@@ -1317,97 +1337,97 @@
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:line w14:anchorId="224F7793" id="Line 62" o:spid="_x0000_s1026" style="position:absolute;z-index:251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="85.05pt,759.8pt" to="538.6pt,759.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDh+tPCEwIAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+QxIaWIgIqyqBXmiL&#10;tNsPMLZDrDq2ZRsCqvrvHRuC2PZSVc3BGXtmnt/MGy+fz51EJ26d0KrE2TjFiCuqmVCHEn973Yzm&#10;GDlPFCNSK17iC3f4efX+3bI3BZ/oVkvGLQIQ5YrelLj13hRJ4mjLO+LG2nAFzkbbjnjY2kPCLOkB&#10;vZPJJE1nSa8tM1ZT7hyc1lcnXkX8puHUf20axz2SJQZuPq42rvuwJqslKQ6WmFbQGw3yDyw6IhRc&#10;eoeqiSfoaMUfUJ2gVjvd+DHVXaKbRlAea4BqsvS3al5aYnisBZrjzL1N7v/B0i+nnUWCgXYYKdKB&#10;RFuhOJpNQmt64wqIqNTOhuLoWb2YrabfHVK6aok68Ejx9WIgLwsZyZuUsHEGLtj3nzWDGHL0Ovbp&#10;3NguQEIH0DnKcbnLwc8eUTicPs3SdD7FiA6+hBRDorHOf+K6Q8EosQTSEZicts4HIqQYQsI9Sm+E&#10;lFFtqVBf4sV0Mo0JTkvBgjOEOXvYV9KiE4F5mcUvVgWexzCrj4pFsJYTtr7Zngh5teFyqQIelAJ0&#10;btZ1IH4s0sV6vp7no3wyW4/ytK5HHzdVPpptsqdp/aGuqjr7GahledEKxrgK7IbhzPK/E//2TK5j&#10;dR/PexuSt+ixX0B2+EfSUcsg33UQ9ppddnbQGOYxBt/eThj4xz3Yjy989QsAAP//AwBQSwMEFAAG&#10;AAgAAAAhAFPmhZbhAAAADgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyokyAa&#10;CHEqhAocaPkpiLMbL0lEvA6xm6Rvz/aA4LazO5r9Jl9MthUD9r5xpCCeRSCQSmcaqhS8v92dXYLw&#10;QZPRrSNUsEcPi+L4KNeZcSO94rAJleAQ8plWUIfQZVL6skar/cx1SHz7dL3VgWVfSdPrkcNtK5Mo&#10;mkurG+IPte7wtsbya7OzClaP4/Nw/rFcvbj1+mH/9J2US3Ov1OnJdHMNIuAU/sxwwGd0KJhp63Zk&#10;vGhZp1HMVh4u4qs5iIMlStMExPZ3J4tc/q9R/AAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQDh+tPCEwIAACkEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBT5oWW4QAAAA4BAAAPAAAAAAAAAAAAAAAAAG0EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" strokecolor="#666">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="606E07E1" w14:textId="77777777" w:rsidR="007B1EEB" w:rsidRDefault="007B1EEB">
+    <w:p w14:paraId="5D5B8A4F" w14:textId="77777777" w:rsidR="007C7731" w:rsidRDefault="007C7731">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0F250B50" w14:textId="77777777" w:rsidR="007B1EEB" w:rsidRDefault="007B1EEB">
+    <w:p w14:paraId="761A3CDE" w14:textId="77777777" w:rsidR="007C7731" w:rsidRDefault="007C7731">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6F3F2160" w14:textId="77777777" w:rsidR="00C409F0" w:rsidRPr="00C55FE2" w:rsidRDefault="00EA1C2E" w:rsidP="00E11033">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:t>Holakratie</w:t>
     </w:r>
     <w:r w:rsidR="00C55FE2">
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:r w:rsidRPr="00EA1C2E">
       <w:t xml:space="preserve">Planung und Ablauf </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidR="0091071E">
       <w:t>Tactical</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00EA1C2E">
       <w:t xml:space="preserve"> Meeting</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="B6F09B58"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="73726EAE"/>
     <w:lvl w:ilvl="0">
@@ -3220,225 +3240,231 @@
   <w:num w:numId="29" w16cid:durableId="2056660165">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="456677319">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="316767853">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="514005395">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="233971507">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1678537521">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1453132574">
     <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193">
+    <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormru v:ext="edit" colors="#ffb200,gray,#575757,#969696,#4d4d4d,#666"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007B1EEB"/>
     <w:rsid w:val="00092B60"/>
     <w:rsid w:val="000A5FEE"/>
+    <w:rsid w:val="001040E2"/>
     <w:rsid w:val="00104F7E"/>
     <w:rsid w:val="0036633E"/>
     <w:rsid w:val="004A7903"/>
     <w:rsid w:val="004E4B13"/>
     <w:rsid w:val="00570F4E"/>
     <w:rsid w:val="00606484"/>
+    <w:rsid w:val="006E62E3"/>
     <w:rsid w:val="00705B7F"/>
     <w:rsid w:val="0079641D"/>
     <w:rsid w:val="007B1EEB"/>
+    <w:rsid w:val="007C7731"/>
     <w:rsid w:val="007D0BD5"/>
     <w:rsid w:val="008639FE"/>
     <w:rsid w:val="00865485"/>
     <w:rsid w:val="0091071E"/>
     <w:rsid w:val="00A11310"/>
     <w:rsid w:val="00A3131E"/>
     <w:rsid w:val="00C01F55"/>
     <w:rsid w:val="00C05FB0"/>
     <w:rsid w:val="00C409F0"/>
     <w:rsid w:val="00C55FE2"/>
     <w:rsid w:val="00C638E1"/>
     <w:rsid w:val="00CC1E88"/>
     <w:rsid w:val="00D160A7"/>
     <w:rsid w:val="00DA6655"/>
     <w:rsid w:val="00E11033"/>
     <w:rsid w:val="00E64336"/>
     <w:rsid w:val="00EA1C2E"/>
     <w:rsid w:val="00F0178D"/>
     <w:rsid w:val="00F46D6E"/>
     <w:rsid w:val="00F67866"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193">
+    <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormru v:ext="edit" colors="#ffb200,gray,#575757,#969696,#4d4d4d,#666"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3A5DF30E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5E19C7D1-79E9-456F-AFAB-86112A1D42FB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:qFormat="1"/>
     <w:lsdException w:name="List Bullet" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:uiPriority="99"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:qFormat="1"/>
@@ -4573,51 +4599,51 @@
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellentitel">
     <w:name w:val="Tabellentitel"/>
     <w:basedOn w:val="Tabellentext"/>
     <w:qFormat/>
     <w:rsid w:val="00E64336"/>
     <w:pPr>
       <w:keepNext/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\J&#252;rgen%20Fleig\AppData\Roaming\Microsoft\Templates\Vorlage-business-wissen_2017.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -4909,71 +4935,71 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{213A9753-ED1F-4AFD-8C70-52A8B6BB1C19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Vorlage-business-wissen_2017.dotx</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2047</Characters>
+  <Pages>3</Pages>
+  <Words>323</Words>
+  <Characters>2035</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Planung und Ablauf Tactical Meeting</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2346</CharactersWithSpaces>
+  <CharactersWithSpaces>2354</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Planung und Ablauf Tactical Meeting</dc:title>
   <dc:subject>Holakratie und Selbstorganisation</dc:subject>
   <dc:creator>dwarfs and Giants</dc:creator>
   <cp:keywords/>
   <dc:description>©2017 dwarfs and Giants auf den Schultern von HOLACRACYONE, LLC.</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>